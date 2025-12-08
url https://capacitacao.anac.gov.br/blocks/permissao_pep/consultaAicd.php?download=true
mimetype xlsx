--- v0 (2025-10-15)
+++ v1 (2025-12-08)
@@ -4,96 +4,108 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="AICDs_ANAC_1760544619" sheetId="1" r:id="rId4"/>
+    <sheet name="AICDs_ANAC_1765156364" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>UORG</t>
   </si>
   <si>
     <t>Servidor</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ASCOM</t>
   </si>
   <si>
     <t>DANIELA CERVO DE TOLOZA</t>
   </si>
   <si>
     <t>Titular</t>
   </si>
   <si>
     <t>CECILIA MALTA JUCA CAMPOS</t>
   </si>
   <si>
     <t>Suplente</t>
   </si>
   <si>
     <t>ASDIR-P</t>
   </si>
   <si>
     <t>ERIVELTON DA SILVA SANTOS</t>
   </si>
   <si>
+    <t>ASINT</t>
+  </si>
+  <si>
+    <t>LORENNA ALMEIDA BOTELHO</t>
+  </si>
+  <si>
+    <t>DIEGO JOSE PEREIRA DA SILVA</t>
+  </si>
+  <si>
     <t>ASJIN</t>
   </si>
   <si>
+    <t>MARIANA MONTEIRO ROSA</t>
+  </si>
+  <si>
     <t>THAIS TOLEDO ALVES</t>
   </si>
   <si>
     <t>ASPAR</t>
   </si>
   <si>
     <t>ANA CECILIA BOAVENTURA REYES</t>
   </si>
   <si>
     <t>ASSOP</t>
   </si>
   <si>
     <t>HELENA WAGNER UMBELINO</t>
   </si>
   <si>
     <t>GERSON FLORIZ COSTA JUNIOR</t>
   </si>
   <si>
     <t>ANDREA TAVARES FELIX LANDAHL</t>
   </si>
   <si>
     <t>ASTEC</t>
   </si>
   <si>
     <t>JESSICA MARIA BORGES SALES POOZ</t>
@@ -122,186 +134,195 @@
   <si>
     <t>HENRIQUE SIMAO DE SENA</t>
   </si>
   <si>
     <t>RODRIGO RIBEIRO ALENCAR</t>
   </si>
   <si>
     <t>DIR/2</t>
   </si>
   <si>
     <t>MARCELE BORGES SOARES MONTEIRO PERES</t>
   </si>
   <si>
     <t>LUIZ ANDRE DE ABREU CRUVINEL GORDO</t>
   </si>
   <si>
     <t>DIR/3</t>
   </si>
   <si>
     <t>DIEGO OLIVEIRA MARQUES DE ARAUJO</t>
   </si>
   <si>
     <t>LUIZ FERNANDO DE ABREU PIMENTA</t>
   </si>
   <si>
+    <t>DIR/4</t>
+  </si>
+  <si>
+    <t>MARCOS SIMPLICIO SOUSA DA SILVA</t>
+  </si>
+  <si>
+    <t>JOAO EDUARDO MARTINS DANTAS</t>
+  </si>
+  <si>
     <t>GAB</t>
   </si>
   <si>
     <t>FLAVIA ELENA PENA PASCUAL</t>
   </si>
   <si>
     <t>RENATO AMARAL RIBEIRO</t>
   </si>
   <si>
     <t>OUV</t>
   </si>
   <si>
     <t>PAULO AUGUSTO FRANCO DE OLIVEIRA CESAR TOLENTINO</t>
   </si>
   <si>
     <t>ANA LIDIA CLEMENTE MONTALVAO NERI</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>WEBER ALVES LIMA</t>
   </si>
   <si>
     <t>SILVIO GABRIEL DA SILVA</t>
   </si>
   <si>
     <t>SAF</t>
   </si>
   <si>
     <t>MARILIA NUNES FERNANDES</t>
   </si>
   <si>
     <t>HUGO JUNIOR SOUSA VIDAL</t>
   </si>
   <si>
     <t>SAR</t>
   </si>
   <si>
     <t>HENRIQUE SHIMANUKI MUTA</t>
   </si>
   <si>
+    <t>NELSON EISAKU NAGAMINE</t>
+  </si>
+  <si>
     <t>JULIA LOPES DA CUNHA</t>
   </si>
   <si>
-    <t>NELSON EISAKU NAGAMINE</t>
-[...1 lines deleted...]
-  <si>
     <t>GUILHERME HAGEL</t>
   </si>
   <si>
     <t>SAS</t>
   </si>
   <si>
     <t>HERBERTH CARVALHO GUEDES DOS REIS</t>
   </si>
   <si>
     <t>DAIANE RIBEIRO DE SOUZA</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>LIANA MARQUEZ NASCENTES</t>
   </si>
   <si>
     <t>MARCOS VINICIUS ROTHER CARDOSO</t>
   </si>
   <si>
     <t>SGM</t>
   </si>
   <si>
     <t>MARIANA ARROYO RIBEIRO</t>
   </si>
   <si>
     <t>SARAH RAPOSO MELO</t>
   </si>
   <si>
     <t>SGP</t>
   </si>
   <si>
     <t>AMANDA SILVA DE SOUZA LANDIM</t>
   </si>
   <si>
-    <t>RONY DA SILVA SOUZA</t>
+    <t>ADENILSON MARCAL DA COSTA</t>
+  </si>
+  <si>
+    <t>LUCIANO DE SOUSA JARDIM</t>
   </si>
   <si>
     <t>FERNANDA MATTOS CARPINTEIRO DOS SANTOS</t>
   </si>
   <si>
     <t>SIA</t>
   </si>
   <si>
     <t>JENNIFER HERINGER DUARTE DE ARAUJO</t>
   </si>
   <si>
+    <t>JANAINA MADURO DE LORENZO</t>
+  </si>
+  <si>
     <t>ANALINE ALVARENGA COSTA</t>
   </si>
   <si>
-    <t>JANAINA MADURO DE LORENZO</t>
-[...1 lines deleted...]
-  <si>
     <t>SPL</t>
   </si>
   <si>
     <t>JULIANARA GOMES CORREA DE OLIVEIRA PORTO</t>
   </si>
   <si>
     <t>MARINEIDE SOARES SALGADO</t>
   </si>
   <si>
-    <t>ELDER SOARES RODRIGUES</t>
+    <t>PATRICIA FERREIRA DE BARROS</t>
   </si>
   <si>
     <t>SPO</t>
   </si>
   <si>
     <t>RAFHAEL CAMPOS DOS SANTOS</t>
   </si>
   <si>
+    <t>MARCOS VINICIOS DE LIMA</t>
+  </si>
+  <si>
     <t>MYRIAN ROSE PEREIRA DA SILVA</t>
   </si>
   <si>
-    <t>MARCOS VINICIOS DE LIMA</t>
-[...1 lines deleted...]
-  <si>
     <t>SRA</t>
   </si>
   <si>
     <t>TAINA MENENDE DA SILVA</t>
   </si>
   <si>
     <t>RENATA LOPES GUILHERMINO GROSSI</t>
-  </si>
-[...1 lines deleted...]
-    <t>JORGE ANDRE SEVILLIS ALMEIDA</t>
   </si>
   <si>
     <t>STD</t>
   </si>
   <si>
     <t>GRAZIELLE NORONHA CAMPOS</t>
   </si>
   <si>
     <t>BEATRIZ MARIA MADEIRA ALVARENGA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -642,51 +663,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D55"/>
+  <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2">
         <v>1</v>
       </c>
@@ -703,647 +724,647 @@
     <row r="3" spans="1:4">
       <c r="A3" s="2">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2">
         <v>4</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="2">
         <v>5</v>
       </c>
       <c r="B6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="3" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="2">
         <v>9</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="2">
         <v>10</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="2">
         <v>17</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="C19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C25" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="C25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C27" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C29" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>51</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>57</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>58</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C37" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>61</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C39" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>64</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>65</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>68</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>71</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>72</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>73</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="2">
         <v>48</v>
@@ -1417,86 +1438,156 @@
     <row r="54" spans="1:4">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>83</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>84</v>
       </c>
       <c r="D55" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" s="2">
+        <v>55</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" s="2">
+        <v>56</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" s="2">
+        <v>57</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" s="2">
+        <v>58</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" s="2">
+        <v>59</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D60" s="3" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>AICDs_ANAC_1760544619</vt:lpstr>
+      <vt:lpstr>AICDs_ANAC_1765156364</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>