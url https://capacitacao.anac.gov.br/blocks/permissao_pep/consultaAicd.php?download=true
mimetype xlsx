--- v1 (2025-12-08)
+++ v2 (2026-01-30)
@@ -4,51 +4,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="AICDs_ANAC_1765156364" sheetId="1" r:id="rId4"/>
+    <sheet name="AICDs_ANAC_1769769281" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>UORG</t>
   </si>
   <si>
     <t>Servidor</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ASCOM</t>
   </si>
   <si>
     <t>DANIELA CERVO DE TOLOZA</t>
@@ -77,56 +77,56 @@
   <si>
     <t>DIEGO JOSE PEREIRA DA SILVA</t>
   </si>
   <si>
     <t>ASJIN</t>
   </si>
   <si>
     <t>MARIANA MONTEIRO ROSA</t>
   </si>
   <si>
     <t>THAIS TOLEDO ALVES</t>
   </si>
   <si>
     <t>ASPAR</t>
   </si>
   <si>
     <t>ANA CECILIA BOAVENTURA REYES</t>
   </si>
   <si>
     <t>ASSOP</t>
   </si>
   <si>
     <t>HELENA WAGNER UMBELINO</t>
   </si>
   <si>
+    <t>ANDREA TAVARES FELIX LANDAHL</t>
+  </si>
+  <si>
     <t>GERSON FLORIZ COSTA JUNIOR</t>
   </si>
   <si>
-    <t>ANDREA TAVARES FELIX LANDAHL</t>
-[...1 lines deleted...]
-  <si>
     <t>ASTEC</t>
   </si>
   <si>
     <t>JESSICA MARIA BORGES SALES POOZ</t>
   </si>
   <si>
     <t>RAFAEL FONTENELE NEVES</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>ARLEN LIMA CORDEIRO</t>
   </si>
   <si>
     <t>CRG</t>
   </si>
   <si>
     <t>NILVANDA APARECIDA DE ARAUJO</t>
   </si>
   <si>
     <t>VANDA APARECIDA FERREIRA BRANDAO</t>
   </si>
   <si>
     <t>DIR/1</t>
@@ -185,135 +185,135 @@
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>WEBER ALVES LIMA</t>
   </si>
   <si>
     <t>SILVIO GABRIEL DA SILVA</t>
   </si>
   <si>
     <t>SAF</t>
   </si>
   <si>
     <t>MARILIA NUNES FERNANDES</t>
   </si>
   <si>
     <t>HUGO JUNIOR SOUSA VIDAL</t>
   </si>
   <si>
     <t>SAR</t>
   </si>
   <si>
     <t>HENRIQUE SHIMANUKI MUTA</t>
   </si>
   <si>
+    <t>JULIA LOPES DA CUNHA</t>
+  </si>
+  <si>
+    <t>GUILHERME HAGEL</t>
+  </si>
+  <si>
     <t>NELSON EISAKU NAGAMINE</t>
   </si>
   <si>
-    <t>JULIA LOPES DA CUNHA</t>
-[...4 lines deleted...]
-  <si>
     <t>SAS</t>
   </si>
   <si>
     <t>HERBERTH CARVALHO GUEDES DOS REIS</t>
   </si>
   <si>
     <t>DAIANE RIBEIRO DE SOUZA</t>
   </si>
   <si>
     <t>SFI</t>
   </si>
   <si>
     <t>LIANA MARQUEZ NASCENTES</t>
   </si>
   <si>
-    <t>MARCOS VINICIUS ROTHER CARDOSO</t>
+    <t>FRANCISCO VALTER PINHEIRO FILHO</t>
   </si>
   <si>
     <t>SGM</t>
   </si>
   <si>
     <t>MARIANA ARROYO RIBEIRO</t>
   </si>
   <si>
     <t>SARAH RAPOSO MELO</t>
   </si>
   <si>
     <t>SGP</t>
   </si>
   <si>
     <t>AMANDA SILVA DE SOUZA LANDIM</t>
   </si>
   <si>
+    <t>LUCIANO DE SOUSA JARDIM</t>
+  </si>
+  <si>
     <t>ADENILSON MARCAL DA COSTA</t>
   </si>
   <si>
-    <t>LUCIANO DE SOUSA JARDIM</t>
-[...1 lines deleted...]
-  <si>
     <t>FERNANDA MATTOS CARPINTEIRO DOS SANTOS</t>
   </si>
   <si>
     <t>SIA</t>
   </si>
   <si>
     <t>JENNIFER HERINGER DUARTE DE ARAUJO</t>
   </si>
   <si>
+    <t>ANALINE ALVARENGA COSTA</t>
+  </si>
+  <si>
     <t>JANAINA MADURO DE LORENZO</t>
   </si>
   <si>
-    <t>ANALINE ALVARENGA COSTA</t>
-[...1 lines deleted...]
-  <si>
     <t>SPL</t>
   </si>
   <si>
     <t>JULIANARA GOMES CORREA DE OLIVEIRA PORTO</t>
   </si>
   <si>
+    <t>PATRICIA FERREIRA DE BARROS</t>
+  </si>
+  <si>
     <t>MARINEIDE SOARES SALGADO</t>
   </si>
   <si>
-    <t>PATRICIA FERREIRA DE BARROS</t>
-[...1 lines deleted...]
-  <si>
     <t>SPO</t>
   </si>
   <si>
     <t>RAFHAEL CAMPOS DOS SANTOS</t>
   </si>
   <si>
+    <t>MYRIAN ROSE PEREIRA DA SILVA</t>
+  </si>
+  <si>
     <t>MARCOS VINICIOS DE LIMA</t>
-  </si>
-[...1 lines deleted...]
-    <t>MYRIAN ROSE PEREIRA DA SILVA</t>
   </si>
   <si>
     <t>SRA</t>
   </si>
   <si>
     <t>TAINA MENENDE DA SILVA</t>
   </si>
   <si>
     <t>RENATA LOPES GUILHERMINO GROSSI</t>
   </si>
   <si>
     <t>STD</t>
   </si>
   <si>
     <t>GRAZIELLE NORONHA CAMPOS</t>
   </si>
   <si>
     <t>BEATRIZ MARIA MADEIRA ALVARENGA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1544,50 +1544,50 @@
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>AICDs_ANAC_1765156364</vt:lpstr>
+      <vt:lpstr>AICDs_ANAC_1769769281</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>